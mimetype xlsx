--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -186,57 +186,57 @@
   <si>
     <t>12-05</t>
   </si>
   <si>
     <t>20-12</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>21-45</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>23-43</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>26-13</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
+    <t>43-01</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Овечкин Сергей</t>
   </si>
   <si>
     <t>43-33</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Столяров Тимофей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>