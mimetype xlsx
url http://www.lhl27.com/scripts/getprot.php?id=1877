--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -129,75 +129,75 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>09-30</t>
   </si>
   <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>12-47</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>18-30</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>20-25</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>31-49</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>35-14</t>
   </si>
   <si>
     <t>Степанов Сергей</t>
   </si>
   <si>
     <t>40-43</t>
   </si>
   <si>
     <t>Маслов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>42-25</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1127,236 +1127,236 @@
       <c r="L9" s="6">
         <v>55</v>
       </c>
       <c r="M9" s="8">
         <v>87</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K10" s="6">
         <v>55</v>
       </c>
       <c r="L10" s="6">
         <v>91</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K11" s="6">
         <v>24</v>
       </c>
       <c r="L11" s="6">
         <v>25</v>
       </c>
       <c r="M11" s="8">
         <v>91</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>45</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K12" s="6">
         <v>55</v>
       </c>
       <c r="L12" s="6">
         <v>91</v>
       </c>
       <c r="M12" s="8">
         <v>25</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>47</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="6">
         <v>9</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K13" s="6">
         <v>24</v>
       </c>
       <c r="L13" s="6">
         <v>55</v>
       </c>
       <c r="M13" s="8">
         <v>0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>52</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H14" s="6">
         <v>10</v>
       </c>
       <c r="I14" s="6"/>
       <c r="J14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="K14" s="6">
         <v>91</v>
       </c>
       <c r="L14" s="6">
         <v>24</v>
       </c>
       <c r="M14" s="8">
         <v>0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>79</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>82</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1889,51 +1889,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>50</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>77</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>