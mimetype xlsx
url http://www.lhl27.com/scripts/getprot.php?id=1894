--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -123,56 +123,56 @@
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>39-43</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41-04</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
   </si>
   <si>
-    <t>Овечкин Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Ермаков Геннадий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
@@ -192,54 +192,54 @@
   <si>
     <t>41-42</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Погребков Артем</t>
   </si>
   <si>
     <t>Питконовий Андрей</t>
   </si>
   <si>
     <t>Назаркин Дмитрий</t>
   </si>
   <si>
     <t>Учеваткин Максим</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Хомяков Александр</t>
   </si>
   <si>
+    <t>Ширяев Вадим</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Черников Николай</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Сенник Виктор</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1888,78 +1888,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>50</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>