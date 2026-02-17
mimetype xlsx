--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -123,54 +123,54 @@
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>39-43</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41-04</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Краснопольский Евгений</t>
+  </si>
+  <si>
     <t>Овечкин Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Краснопольский Евгений</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Ермаков Геннадий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>