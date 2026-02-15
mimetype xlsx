--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -1260,51 +1260,51 @@
       <c r="B16" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">