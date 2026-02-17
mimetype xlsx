--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -132,65 +132,65 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>Пыжов Роман</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Белов Евгений</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Щелыганов Кирилл</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>3-13</t>
@@ -204,54 +204,54 @@
   <si>
     <t>Козырев Вячеслав</t>
   </si>
   <si>
     <t>38-53</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Фролов Виктор</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Линьков Юрий</t>
+  </si>
+  <si>
     <t>Пасека Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Линьков Юрий</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Ситалов Вячеслав</t>
   </si>
   <si>
     <t>Савченко Петр</t>
   </si>
   <si>
     <t>Марченко Артем</t>
   </si>
@@ -1242,159 +1242,159 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>34</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>35</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>41</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>73</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>77</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -2167,51 +2167,51 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>97</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>99</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>