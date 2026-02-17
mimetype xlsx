--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -204,54 +204,54 @@
   <si>
     <t>Козырев Вячеслав</t>
   </si>
   <si>
     <t>38-53</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Фролов Виктор</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Пасека Денис</t>
+  </si>
+  <si>
     <t>Линьков Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пасека Денис</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Ситалов Вячеслав</t>
   </si>
   <si>
     <t>Савченко Петр</t>
   </si>
   <si>
     <t>Марченко Артем</t>
   </si>