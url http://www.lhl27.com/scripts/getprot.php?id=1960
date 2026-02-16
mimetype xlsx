--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -123,57 +123,57 @@
   <si>
     <t>29:30</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>30:30</t>
   </si>
   <si>
     <t>40:53</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>31:40</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
@@ -1126,78 +1126,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>21</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1369,78 +1369,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>71</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>77</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5"/>
       <c r="B21" s="12"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
@@ -1916,51 +1916,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>55</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>62</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1997,78 +1997,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>69</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>73</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>75</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2105,78 +2105,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>96</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>99</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7"/>
       <c r="B47" s="12"/>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>