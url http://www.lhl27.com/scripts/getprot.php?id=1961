--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -123,72 +123,72 @@
   <si>
     <t>32-11</t>
   </si>
   <si>
     <t>33-30</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41-25</t>
   </si>
   <si>
     <t>37-31</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>43-12</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
-    <t>Новоселов Валерий</t>
-[...4 lines deleted...]
-  <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1090,78 +1090,78 @@
       </c>
       <c r="O8" s="6">
         <v>33</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>2</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>21</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1306,51 +1306,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>39</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>47</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1360,51 +1360,51 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>71</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>83</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1414,51 +1414,51 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>86</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1762,51 +1762,51 @@
       </c>
       <c r="O32" s="7">
         <v>99</v>
       </c>
       <c r="P32" s="7">
         <v>10</v>
       </c>
       <c r="Q32" s="7">
         <v>15</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>39</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O33" s="7"/>
       <c r="P33" s="7">
         <v>10</v>
       </c>
       <c r="Q33" s="7">
         <v>33</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>65</v>
       </c>
       <c r="B34" s="12" t="s">
@@ -1830,78 +1830,78 @@
       </c>
       <c r="O34" s="7">
         <v>25</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>30</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>69</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>73</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>75</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1938,51 +1938,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>96</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>99</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>