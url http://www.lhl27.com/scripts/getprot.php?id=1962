--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -108,54 +108,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>08-40</t>
   </si>
   <si>
     <t>02-18</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
+    <t>Застеба Артём</t>
+  </si>
+  <si>
     <t>Дерябин Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Застеба Артём</t>
   </si>
   <si>
     <t>Краснопольский Евгений</t>
   </si>
   <si>
     <t>Овечкин Сергей</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>