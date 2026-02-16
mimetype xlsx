--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -213,54 +213,54 @@
   <si>
     <t>16:07</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>18:59</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>39:09</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Щербаков Иван</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>