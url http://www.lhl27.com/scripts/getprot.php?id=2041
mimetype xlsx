--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -135,57 +135,57 @@
   <si>
     <t>41:40</t>
   </si>
   <si>
     <t>31-29</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>44:58</t>
   </si>
   <si>
     <t>38-11</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Смирнов Владислав</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Соломоненко Александр</t>
   </si>
@@ -1209,78 +1209,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>35</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>49</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1974,51 +1974,51 @@
       <c r="L36" s="7">
         <v>14</v>
       </c>
       <c r="M36" s="7">
         <v>77</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>72</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>76</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>