--- v0 (2025-12-14)
+++ v1 (2026-02-15)
@@ -111,63 +111,63 @@
   <si>
     <t>23-15</t>
   </si>
   <si>
     <t>03-39</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>37-18</t>
   </si>
   <si>
     <t>04-15</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>39-40</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Соломоненко Александр</t>
   </si>
   <si>
     <t>18-10</t>
   </si>
@@ -1037,132 +1037,132 @@
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>29</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>49</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>65</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>79</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>82</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1199,51 +1199,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5"/>
       <c r="B15" s="12"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
@@ -1581,51 +1581,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>4</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K30" s="7">
         <v>68</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O30" s="7">
         <v>19</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1718,51 +1718,51 @@
       </c>
       <c r="O32" s="7">
         <v>41</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K33" s="7">
         <v>77</v>
       </c>
       <c r="L33" s="7">
         <v>18</v>
       </c>
       <c r="M33" s="7">
         <v>68</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O33" s="7">
         <v>19</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
@@ -1871,51 +1871,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>72</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>76</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>