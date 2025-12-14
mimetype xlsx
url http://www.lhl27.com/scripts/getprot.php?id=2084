--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -195,54 +195,54 @@
   <si>
     <t>39-39</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>43-08</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>44-55</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
+    <t>Ерофеев Николай</t>
+  </si>
+  <si>
     <t>Гребенюк Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
 </sst>
 </file>
 