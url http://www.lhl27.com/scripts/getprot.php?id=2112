--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -186,54 +186,54 @@
   <si>
     <t>Команда « Б » «Полиметалл»</t>
   </si>
   <si>
     <t>09-52</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>13-52</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Федотов Иван</t>
   </si>
   <si>
+    <t>Стариков Михаил</t>
+  </si>
+  <si>
     <t>Довбня Никита</t>
-  </si>
-[...1 lines deleted...]
-    <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Капшук Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>