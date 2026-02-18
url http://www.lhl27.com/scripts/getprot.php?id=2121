--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -111,57 +111,57 @@
   <si>
     <t>18-06</t>
   </si>
   <si>
     <t>19-06</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>22-48</t>
   </si>
   <si>
     <t>33-03</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>29-45</t>
   </si>
   <si>
     <t>41-00</t>
   </si>
   <si>
+    <t>Новоселов Валерий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Махлепов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Лоханов Алексей</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
@@ -1054,86 +1054,86 @@
       </c>
       <c r="O7" s="6">
         <v>83</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>7</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>19</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="6">
         <v>83</v>
       </c>
       <c r="P8" s="6">
         <v>10</v>
       </c>
       <c r="Q8" s="6">
         <v>39</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>21</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1251,78 +1251,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>75</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>77</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>83</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1898,51 +1898,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>69</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>70</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1952,51 +1952,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>73</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>75</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>