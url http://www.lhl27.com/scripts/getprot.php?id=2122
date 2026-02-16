--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -165,54 +165,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
   <si>
     <t>34-48</t>
   </si>
   <si>
     <t>Чернецкий Максим</t>
   </si>
   <si>
     <t>Банк Андрей</t>
   </si>
   <si>
     <t>Немировец Дмитрий</t>
   </si>
   <si>
     <t>Соболев Максим</t>
   </si>
   <si>
     <t>Гашута Олег</t>
   </si>
   <si>
+    <t>Савчук Александр</t>
+  </si>
+  <si>
     <t>Баронаев Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Савчук Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Ким Юрий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>02-48</t>
   </si>
   <si>
     <t>23-59</t>
   </si>
   <si>
     <t>Важнин Иван</t>
   </si>