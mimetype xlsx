--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -156,54 +156,54 @@
   <si>
     <t>41:36</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Теплухин Александр</t>
   </si>
   <si>
     <t>Герасимик Олег</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
+    <t>Кошель Виталий</t>
+  </si>
+  <si>
     <t>Афанасьев Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>44:20</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>