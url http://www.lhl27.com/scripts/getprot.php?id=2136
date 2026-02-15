--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -198,54 +198,54 @@
   <si>
     <t>11-40</t>
   </si>
   <si>
     <t>24-31</t>
   </si>
   <si>
     <t>Шумков Илья</t>
   </si>
   <si>
     <t>21-42</t>
   </si>
   <si>
     <t>Манилов Павел</t>
   </si>
   <si>
     <t>26-25</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
   <si>
+    <t>Колядин Евгений</t>
+  </si>
+  <si>
     <t>Гришин Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Колядин Евгений</t>
   </si>
   <si>
     <t>Цхай Иван</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Тен Дмитрий</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>