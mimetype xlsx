--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -120,54 +120,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Колычев Кирилл</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит»</t>
   </si>
   <si>
     <t>Селиверстов Александр</t>
   </si>
   <si>
     <t>14-25</t>
   </si>
   <si>
     <t>00-41</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>21-50</t>
   </si>