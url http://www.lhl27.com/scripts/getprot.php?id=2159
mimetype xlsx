--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Олимпия» Vs «Восточный»</t>
   </si>
   <si>
     <t>Высшая лига. Регулярный чемпионат 2018-2019</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 12.10.2018</t>
   </si>
   <si>
     <t>Начало 20-00</t>
   </si>
   <si>
     <t>Игра 30 OLM-VST</t>
   </si>
   <si>
     <t>Команда « А » «Олимпия»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -199,53 +199,50 @@
     <t>42-09</t>
   </si>
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Краснопольский Евгений</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1947,125 +1944,125 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>38</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>70</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>87</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
@@ -2280,70 +2277,70 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>