--- v0 (2025-12-10)
+++ v1 (2026-02-15)
@@ -204,54 +204,54 @@
   <si>
     <t>44-03</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Зоренко Петр</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
+    <t>Медведев Дмитрий</t>
+  </si>
+  <si>
     <t>Теплухин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Герасимик Олег</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>