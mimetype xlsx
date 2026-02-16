--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -165,105 +165,105 @@
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Шаповалов Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>01-15</t>
   </si>
   <si>
     <t>04-56</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>12-00</t>
+  </si>
+  <si>
+    <t>44-49</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
-    <t>12-00</t>
-[...2 lines deleted...]
-    <t>44-49</t>
+    <t>34-32</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
-    <t>34-32</t>
-[...1 lines deleted...]
-  <si>
     <t>Павлов Роман</t>
   </si>
   <si>
     <t>Шураков Дмитрий</t>
   </si>
   <si>
-    <t>Платов Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Шаркунов Максим</t>
   </si>
   <si>
+    <t>Дерид Сергей</t>
+  </si>
+  <si>
     <t>Дюжов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дерид Сергей</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1649,187 +1649,187 @@
         <v>15</v>
       </c>
       <c r="L30" s="7">
         <v>18</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O30" s="7">
         <v>88</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>30</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="K31" s="7">
         <v>70</v>
       </c>
       <c r="L31" s="7">
         <v>88</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O31" s="7">
         <v>30</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K32" s="7">
         <v>18</v>
       </c>
       <c r="L32" s="7">
         <v>7</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -2065,78 +2065,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>88</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>88</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>89</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>