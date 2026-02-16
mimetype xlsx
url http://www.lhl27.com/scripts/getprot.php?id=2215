--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -195,54 +195,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>09-23</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>22-36</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>Павлов Роман</t>
   </si>
   <si>
+    <t>Бойцов Евгений</t>
+  </si>
+  <si>
     <t>Шураков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
@@ -1806,78 +1806,78 @@
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>32</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">