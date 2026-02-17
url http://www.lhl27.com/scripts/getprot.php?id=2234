--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -147,57 +147,57 @@
   <si>
     <t>Жуков Максим</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>36-55</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>38-50</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
+    <t>Луговой Дмитрий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Матиенко Роман</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бухтояров Антон</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Шаповалов Антон</t>
   </si>
   <si>
     <t>Подлесный Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1287,78 +1287,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>41</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>41</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>54</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1717,51 +1717,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K30" s="7">
         <v>81</v>
       </c>
       <c r="L30" s="7">
         <v>99</v>
       </c>
       <c r="M30" s="7">
         <v>25</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O30" s="7">
         <v>16</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>