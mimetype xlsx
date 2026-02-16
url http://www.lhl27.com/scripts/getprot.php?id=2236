--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -213,54 +213,54 @@
   <si>
     <t>Микулинский Владимир</t>
   </si>
   <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Васильев Павел</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
     <t>Шадрин Егор</t>
   </si>
   <si>
+    <t>Шадрин Александр</t>
+  </si>
+  <si>
     <t>Сенник Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шадрин Александр</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>