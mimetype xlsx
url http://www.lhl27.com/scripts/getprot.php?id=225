--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -123,54 +123,54 @@
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>33:31</t>
   </si>
   <si>
     <t>Хрульков Максим</t>
   </si>
   <si>
     <t>39:30</t>
   </si>
   <si>
     <t>Сыроежкин Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>41:21</t>
   </si>
   <si>
+    <t>Тодоровский Артем</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Меньшов Олег</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Нартов Андрей</t>
   </si>
@@ -1139,78 +1139,78 @@
       </c>
       <c r="O10" s="6">
         <v>10</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>10</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>31</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>