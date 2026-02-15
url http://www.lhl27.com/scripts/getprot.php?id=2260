--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -144,54 +144,54 @@
   <si>
     <t>Николаев Сергей</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Лищинский Никита</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Колычев Кирилл</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
+    <t>Ерохин Иван</t>
+  </si>
+  <si>
     <t>Воробьев Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ерохин Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>16:42</t>
   </si>
   <si>
     <t>09:58</t>
   </si>
   <si>
     <t>Тодоровский Артем</t>
   </si>
   <si>
     <t>40:15</t>
   </si>