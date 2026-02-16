--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -183,57 +183,57 @@
   <si>
     <t>02-33</t>
   </si>
   <si>
     <t>06-20</t>
   </si>
   <si>
     <t>Кожуховский Сергей</t>
   </si>
   <si>
     <t>14-50</t>
   </si>
   <si>
     <t>28-45</t>
   </si>
   <si>
     <t>Леухин Сергей</t>
   </si>
   <si>
     <t>34-10</t>
   </si>
   <si>
     <t>36-45</t>
   </si>
   <si>
+    <t>Нагорный Евгений</t>
+  </si>
+  <si>
+    <t>41-43</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
-  </si>
-[...4 lines deleted...]
-    <t>Нагорный Евгений</t>
   </si>
   <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Копылов Станислав</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
@@ -1759,86 +1759,86 @@
       </c>
       <c r="O32" s="7">
         <v>86</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O33" s="7">
         <v>86</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="O34" s="7">
         <v>83</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>16</v>