--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -225,54 +225,54 @@
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Донских Максим</t>
   </si>
   <si>
     <t>Лазарев Евгений</t>
   </si>
   <si>
     <t>Моисеев Юрий</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Осипов Богдан</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
+    <t>Зайцев Никита</t>
+  </si>
+  <si>
     <t>Шиповалов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайцев Никита</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Шкинев Данил</t>
   </si>
   <si>
     <t>Некрасов Андрей</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>