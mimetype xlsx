--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -189,54 +189,54 @@
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Зоренко Петр</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>Бабенко Андрей</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
+    <t>Медведев Дмитрий</t>
+  </si>
+  <si>
     <t>Теплухин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 