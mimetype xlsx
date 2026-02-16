--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -138,57 +138,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>29-57</t>
   </si>
   <si>
     <t>17-52</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>31-15</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1222,78 +1222,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>35</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>49</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1931,51 +1931,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>30</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>38</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>