--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -138,54 +138,54 @@
   <si>
     <t>Доровский Никита</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>44-04</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
+    <t>Мантулов Флорентин</t>
+  </si>
+  <si>
     <t>Шершнев Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Мантулов Флорентин</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Вулкан»</t>
   </si>
   <si>
     <t>23-25</t>
   </si>