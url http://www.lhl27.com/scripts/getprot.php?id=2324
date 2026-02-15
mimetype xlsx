--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -201,54 +201,54 @@
   <si>
     <t>44-45</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>Филонов Павел</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
+    <t>Удалов Геннадий</t>
+  </si>
+  <si>
     <t>Николаев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Ерохин Иван</t>
   </si>