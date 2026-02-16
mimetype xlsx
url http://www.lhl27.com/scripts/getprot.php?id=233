--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -132,56 +132,56 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Катрич Дмитрий</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Брусенский Владимир</t>
   </si>
   <si>
     <t>Белоусов Андрей</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
+    <t>Чеклуев Сергей</t>
+  </si>
+  <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
-    <t>Чеклуев Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Большаков Артем</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Ким Юрий</t>
@@ -210,57 +210,57 @@
   <si>
     <t>24:20</t>
   </si>
   <si>
     <t>Зельцер Андрей</t>
   </si>
   <si>
     <t>37:10</t>
   </si>
   <si>
     <t>Волков Лев</t>
   </si>
   <si>
     <t>39:16</t>
   </si>
   <si>
     <t>Кучинский Василий</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
+    <t>Калинин Сергей</t>
+  </si>
+  <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Калинин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Дашевский Павел</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1981,78 +1981,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>79</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>79</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>81</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>