--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -132,54 +132,54 @@
   <si>
     <t>Шумков Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32-28</t>
   </si>
   <si>
     <t>Ходаков Иван</t>
   </si>
   <si>
     <t>44-31</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
+    <t>Колядин Евгений</t>
+  </si>
+  <si>
     <t>Гришин Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Колядин Евгений</t>
   </si>
   <si>
     <t>Варнаков Николай</t>
   </si>
   <si>
     <t>Цхай Иван</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Щавинский Кирилл</t>
   </si>
   <si>
     <t>Тен Дмитрий</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>