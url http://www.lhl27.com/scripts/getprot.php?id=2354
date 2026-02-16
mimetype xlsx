--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -171,89 +171,89 @@
   <si>
     <t>Волошин Алексей</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>
   <si>
+    <t>Калинин Игорь</t>
+  </si>
+  <si>
     <t>Подлесный Евгений</t>
   </si>
   <si>
-    <t>Калинин Игорь</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
   </si>
   <si>
     <t>Хрульков Максим</t>
   </si>
   <si>
     <t>10-40</t>
   </si>
   <si>
     <t>13-52</t>
   </si>
   <si>
     <t>Хоменко Евгений</t>
   </si>
   <si>
     <t>25-50</t>
   </si>
   <si>
     <t>18-56</t>
   </si>
   <si>
+    <t>Внуков Иван</t>
+  </si>
+  <si>
     <t>Хан Александр</t>
   </si>
   <si>
-    <t>Внуков Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Молчанов Евгений</t>
   </si>
   <si>
     <t>Жидков Сергей</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Федотов Михаил</t>
   </si>
   <si>
     <t>Богодухов Сергей</t>
   </si>
   <si>
     <t>Чумилин Дмитрий</t>
   </si>
   <si>
     <t>Донских Максим</t>
@@ -261,51 +261,51 @@
   <si>
     <t>Лазарев Евгений</t>
   </si>
   <si>
     <t>Моисеев Юрий</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Осипов Богдан</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Фадеев Сергей</t>
   </si>
   <si>
     <t>Голубев Сергей</t>
   </si>
   <si>
-    <t>Зайцев Никита</t>
+    <t>Шиповалов Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1474,78 +1474,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>99</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>99</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>