--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -117,54 +117,54 @@
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>23-19</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>27-14</t>
   </si>
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
+    <t>Удалов Геннадий</t>
+  </si>
+  <si>
     <t>Николаев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>