--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -156,57 +156,57 @@
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>43-44</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>44-35</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Исаков Исам</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1333,78 +1333,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>35</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>35</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>49</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -2037,51 +2037,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>79</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>83</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>