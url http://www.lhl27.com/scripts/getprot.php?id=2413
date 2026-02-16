--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -153,56 +153,56 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Христинин Валерий</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>
   <si>
+    <t>Калинин Игорь</t>
+  </si>
+  <si>
     <t>Подлесный Евгений</t>
   </si>
   <si>
-    <t>Калинин Игорь</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>00:28</t>
   </si>
   <si>
     <t>02:40</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>08:39</t>
   </si>
   <si>
     <t>Долбенко Михаил</t>
@@ -237,54 +237,54 @@
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>37:30</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Лысков Александр</t>
   </si>
   <si>
     <t>Сидельников Андрей</t>
   </si>
   <si>
+    <t>Вырк Евгений</t>
+  </si>
+  <si>
     <t>Меликов Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вырк Евгений</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1437,78 +1437,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>99</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>99</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
@@ -2138,78 +2138,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>84</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>84</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>85</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>