--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -189,54 +189,54 @@
   <si>
     <t>Команда « Б » «Совы»</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>04-25</t>
   </si>
   <si>
     <t>08-00</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>09-30</t>
   </si>
   <si>
     <t>Стреж Илья</t>
   </si>
   <si>
     <t>37-00</t>
   </si>
   <si>
+    <t>Дерябин Владислав</t>
+  </si>
+  <si>
     <t>Трухачев Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Дейнега Тимофей</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>