--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -132,54 +132,54 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Бондаренко Сергей</t>
+  </si>
+  <si>
     <t>Бондаренко Тарас</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01:32</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>31:18</t>
   </si>