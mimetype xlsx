--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -210,54 +210,54 @@
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>11-40</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Туржанский Александр</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>