--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -126,66 +126,66 @@
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Туржанский Александр</t>
+  </si>
+  <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
-    <t>Туржанский Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Бондарь Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ресурс»</t>
   </si>
   <si>
     <t>07-00</t>
   </si>
   <si>
     <t>13-08</t>
   </si>
   <si>
     <t>17-00</t>
   </si>
   <si>
     <t>24-25</t>
   </si>
   <si>
     <t>37-27</t>
   </si>