--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -117,102 +117,102 @@
   <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>28-21</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Восточный»</t>
   </si>
   <si>
     <t>6-50</t>
   </si>
   <si>
     <t>14-00</t>
   </si>
   <si>
     <t>29-57</t>
   </si>
   <si>
     <t>26-30</t>
   </si>
   <si>
     <t>39-40</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
+    <t>Могилевский Александр</t>
+  </si>
+  <si>
     <t>Тымченко Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Могилевский Александр</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Чубенко Владимир</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
@@ -1066,132 +1066,132 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>45</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>79</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>83</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1733,78 +1733,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>5</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>5</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>15</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1868,51 +1868,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>38</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>