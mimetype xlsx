--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -96,57 +96,57 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>09:48</t>
   </si>
   <si>
     <t>Хуторской Олег</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>19:34</t>
   </si>
   <si>
+    <t>Сабунаев Алексей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Серецкий Максим</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Покаместов Евгений</t>
   </si>
   <si>
     <t>Форкачев Борис</t>
   </si>
   <si>
     <t>Курилюк Сергей</t>
   </si>
   <si>
     <t>Танасийчук Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Рязанов Яков</t>
   </si>
   <si>
     <t>Петренко Максим</t>
   </si>
   <si>
     <t>Куровский Игорь</t>
   </si>
@@ -965,105 +965,105 @@
       <c r="L6" s="6">
         <v>13</v>
       </c>
       <c r="M6" s="8">
         <v>15</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>10</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>10</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>13</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1127,51 +1127,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>27</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>