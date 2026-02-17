--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -153,57 +153,57 @@
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы 2»</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
+    <t>Костин Константин</t>
+  </si>
+  <si>
+    <t>24:28</t>
+  </si>
+  <si>
     <t>Кучинский Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Костин Константин</t>
   </si>
   <si>
     <t>28:36</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
     <t>Дузенко Максим</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>