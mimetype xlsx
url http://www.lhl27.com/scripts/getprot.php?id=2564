--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -129,54 +129,54 @@
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Линьков Юрий</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Солтус Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Семенов Данил</t>
+  </si>
+  <si>
     <t>Мишин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Данил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2»</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>36-50</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>09-34</t>
   </si>
   <si>
     <t>Оленников Константин</t>
   </si>