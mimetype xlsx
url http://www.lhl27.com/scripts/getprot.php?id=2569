--- v0 (2025-12-10)
+++ v1 (2026-02-18)
@@ -180,54 +180,54 @@
   <si>
     <t>11-22</t>
   </si>
   <si>
     <t>9-50</t>
   </si>
   <si>
     <t>Пушко Максим</t>
   </si>
   <si>
     <t>25-39</t>
   </si>
   <si>
     <t>28-03</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>26-26</t>
   </si>
   <si>
     <t>34-42</t>
   </si>
   <si>
+    <t>40-48</t>
+  </si>
+  <si>
     <t>Заседа Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>40-48</t>
   </si>
   <si>
     <t>42-57</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Бережных Анатолий</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
@@ -1730,93 +1730,93 @@
         <v>5</v>
       </c>
       <c r="M32" s="7">
         <v>23</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O32" s="7">
         <v>72</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>13</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>9</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="O33" s="7">
         <v>19</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>9</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O34" s="7">
         <v>91</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>8</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>