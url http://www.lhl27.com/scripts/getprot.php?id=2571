--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -117,59 +117,59 @@
   <si>
     <t>40-06</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Шашурин Валерий</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Троценко Антон</t>
   </si>
   <si>
-    <t>Середа Андрей</t>
-[...4 lines deleted...]
-  <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Крамской Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ильин Алексей</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -195,54 +195,54 @@
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Мамаенко Даниил</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Стариков Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Капшук Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1123,78 +1123,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>22</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>24</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1258,78 +1258,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>79</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>87</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>91</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1831,51 +1831,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>17</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>20</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1912,51 +1912,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>55</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>70</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -2047,51 +2047,51 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>87</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>88</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
@@ -2101,51 +2101,51 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>98</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7"/>
       <c r="B48" s="12"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>