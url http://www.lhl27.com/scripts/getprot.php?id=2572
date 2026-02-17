--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -147,54 +147,54 @@
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Дузенко Максим</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>
   <si>
     <t>Рассказов Евгений</t>
   </si>
   <si>
+    <t>Зыков Дмитрий</t>
+  </si>
+  <si>
     <t>Евтеев Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зыков Дмитрий</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Бухтояров Антон</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Жилин Алексей</t>
   </si>