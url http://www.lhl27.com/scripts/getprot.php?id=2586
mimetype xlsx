--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -114,69 +114,69 @@
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29-02</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33-39</t>
   </si>
   <si>
     <t>Жуков Максим</t>
   </si>
   <si>
     <t>37-13</t>
   </si>
   <si>
+    <t>Кучинский Михаил</t>
+  </si>
+  <si>
     <t>Костин Константин</t>
   </si>
   <si>
-    <t>Кучинский Михаил</t>
-[...1 lines deleted...]
-  <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Шихов Александр</t>
   </si>
   <si>
+    <t>Евтеев Максим</t>
+  </si>
+  <si>
     <t>Зыков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Волошин Алексей</t>
   </si>
   <si>
     <t>Жилин Алексей</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Шаповалов Антон</t>
   </si>